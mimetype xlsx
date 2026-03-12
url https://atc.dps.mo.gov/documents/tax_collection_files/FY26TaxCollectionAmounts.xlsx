--- v0 (2025-12-08)
+++ v1 (2026-03-12)
@@ -8,53 +8,53 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\DATC_Common\Licensing and Compliance\Excise Tax Website\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CA3653CE-9FDA-4C03-88DF-9F6414C49ED9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E137BAD6-200E-4514-84F0-CC86D6BC0637}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="24240" windowHeight="13020" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
@@ -515,1151 +515,1181 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:C308"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A64" workbookViewId="0">
-      <selection activeCell="B80" sqref="B80"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B53" sqref="B53"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="37.5546875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="18.109375" customWidth="1"/>
+    <col min="1" max="1" width="37.5703125" customWidth="1"/>
+    <col min="2" max="2" width="17.85546875" customWidth="1"/>
+    <col min="3" max="3" width="18.140625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A1" s="2" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="2" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A2" s="2" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="3" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="7"/>
     </row>
-    <row r="4" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="7"/>
     </row>
-    <row r="5" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="7"/>
     </row>
-    <row r="6" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" s="7"/>
     </row>
-    <row r="7" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A7" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="7"/>
     </row>
-    <row r="8" spans="1:2" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:2" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B8" s="6">
         <f>SUM(B3:B7)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:2" ht="13.8" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:2" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="B9" s="1"/>
     </row>
-    <row r="10" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A10" s="2" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="11" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A11" s="2" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="12" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>0</v>
       </c>
       <c r="B12" s="7"/>
     </row>
-    <row r="13" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A13" t="s">
         <v>1</v>
       </c>
       <c r="B13" s="7"/>
     </row>
-    <row r="14" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>2</v>
       </c>
       <c r="B14" s="7"/>
     </row>
-    <row r="15" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" s="7"/>
     </row>
-    <row r="16" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>3</v>
       </c>
       <c r="B16" s="7"/>
     </row>
-    <row r="17" spans="1:2" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:2" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B17" s="6">
         <f>SUM(B12:B16)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="1:2" ht="13.8" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:2" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="B18" s="1"/>
     </row>
-    <row r="19" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="20" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="21" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>0</v>
       </c>
       <c r="B21" s="7"/>
     </row>
-    <row r="22" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>1</v>
       </c>
       <c r="B22" s="7"/>
     </row>
-    <row r="23" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>2</v>
       </c>
       <c r="B23" s="7"/>
     </row>
-    <row r="24" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A24" t="s">
         <v>4</v>
       </c>
       <c r="B24" s="7"/>
     </row>
-    <row r="25" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A25" t="s">
         <v>3</v>
       </c>
       <c r="B25" s="7"/>
     </row>
-    <row r="26" spans="1:2" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:2" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B26" s="6">
         <f>SUM(B21:B25)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:2" ht="13.8" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:2" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="B27" s="1"/>
     </row>
-    <row r="28" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A28" s="2" t="s">
         <v>22</v>
       </c>
     </row>
-    <row r="29" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A29" s="2" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="30" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>0</v>
       </c>
       <c r="B30" s="7"/>
     </row>
-    <row r="31" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>1</v>
       </c>
       <c r="B31" s="7"/>
     </row>
-    <row r="32" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>2</v>
       </c>
       <c r="B32" s="7"/>
     </row>
-    <row r="33" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>4</v>
       </c>
       <c r="B33" s="7"/>
     </row>
-    <row r="34" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>3</v>
       </c>
       <c r="B34" s="7"/>
     </row>
-    <row r="35" spans="1:2" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:2" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B35" s="6">
         <f>SUM(B30:B34)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="1:2" ht="13.8" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:2" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="B36" s="1"/>
     </row>
-    <row r="37" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A37" s="2" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="38" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A38" s="2" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="39" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A39" t="s">
         <v>0</v>
       </c>
       <c r="B39" s="7"/>
     </row>
-    <row r="40" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A40" t="s">
         <v>1</v>
       </c>
       <c r="B40" s="7"/>
     </row>
-    <row r="41" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A41" t="s">
         <v>2</v>
       </c>
       <c r="B41" s="7"/>
     </row>
-    <row r="42" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A42" t="s">
         <v>4</v>
       </c>
       <c r="B42" s="7"/>
     </row>
-    <row r="43" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A43" t="s">
         <v>3</v>
       </c>
       <c r="B43" s="7"/>
     </row>
-    <row r="44" spans="1:2" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:2" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B44" s="6">
         <f>SUM(B39:B43)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="45" spans="1:2" ht="13.8" thickTop="1" x14ac:dyDescent="0.25"/>
-    <row r="46" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:2" ht="13.5" thickTop="1" x14ac:dyDescent="0.2"/>
+    <row r="46" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A46" s="2" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="47" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A47" s="2" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="48" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A48" t="s">
         <v>0</v>
       </c>
-      <c r="B48" s="7"/>
-[...1 lines deleted...]
-    <row r="49" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B48" s="7">
+        <v>2570827.5</v>
+      </c>
+    </row>
+    <row r="49" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A49" t="s">
         <v>1</v>
       </c>
-      <c r="B49" s="7"/>
-[...1 lines deleted...]
-    <row r="50" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B49" s="7">
+        <v>327440.18</v>
+      </c>
+    </row>
+    <row r="50" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A50" t="s">
         <v>2</v>
       </c>
-      <c r="B50" s="7"/>
-[...1 lines deleted...]
-    <row r="51" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B50" s="7">
+        <v>65488.160000000003</v>
+      </c>
+    </row>
+    <row r="51" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A51" t="s">
         <v>4</v>
       </c>
-      <c r="B51" s="7"/>
-[...1 lines deleted...]
-    <row r="52" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B51" s="7">
+        <v>65487.91</v>
+      </c>
+    </row>
+    <row r="52" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A52" t="s">
         <v>3</v>
       </c>
-      <c r="B52" s="7"/>
-[...1 lines deleted...]
-    <row r="53" spans="1:2" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B52" s="7">
+        <v>441876.58</v>
+      </c>
+    </row>
+    <row r="53" spans="1:2" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B53" s="6">
         <f>SUM(B48:B52)</f>
-        <v>0</v>
-[...3 lines deleted...]
-    <row r="55" spans="1:2" x14ac:dyDescent="0.25">
+        <v>3471120.3300000005</v>
+      </c>
+    </row>
+    <row r="54" spans="1:2" ht="13.5" thickTop="1" x14ac:dyDescent="0.2"/>
+    <row r="55" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A55" s="2" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="56" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A56" s="2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="57" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A57" t="s">
         <v>0</v>
       </c>
-      <c r="B57" s="7"/>
-[...1 lines deleted...]
-    <row r="58" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B57" s="7">
+        <v>2729212.88</v>
+      </c>
+    </row>
+    <row r="58" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A58" t="s">
         <v>1</v>
       </c>
-      <c r="B58" s="7"/>
-[...1 lines deleted...]
-    <row r="59" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B58" s="7">
+        <v>276233.36</v>
+      </c>
+    </row>
+    <row r="59" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A59" t="s">
         <v>2</v>
       </c>
-      <c r="B59" s="7"/>
-[...1 lines deleted...]
-    <row r="60" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B59" s="7">
+        <v>55246.74</v>
+      </c>
+    </row>
+    <row r="60" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A60" t="s">
         <v>4</v>
       </c>
-      <c r="B60" s="7"/>
-[...1 lines deleted...]
-    <row r="61" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B60" s="7">
+        <v>55246.53</v>
+      </c>
+    </row>
+    <row r="61" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A61" t="s">
         <v>3</v>
       </c>
-      <c r="B61" s="7"/>
-[...1 lines deleted...]
-    <row r="62" spans="1:2" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B61" s="7">
+        <v>385126.77</v>
+      </c>
+    </row>
+    <row r="62" spans="1:2" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B62" s="6">
         <f>SUM(B57:B61)</f>
-        <v>0</v>
-[...3 lines deleted...]
-    <row r="64" spans="1:2" x14ac:dyDescent="0.25">
+        <v>3501066.28</v>
+      </c>
+    </row>
+    <row r="63" spans="1:2" ht="13.5" thickTop="1" x14ac:dyDescent="0.2"/>
+    <row r="64" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A64" s="2" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="65" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A65" s="2" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="66" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A66" t="s">
         <v>0</v>
       </c>
-      <c r="B66" s="7"/>
-[...1 lines deleted...]
-    <row r="67" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B66" s="7">
+        <v>3944704.36</v>
+      </c>
+    </row>
+    <row r="67" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A67" t="s">
         <v>1</v>
       </c>
-      <c r="B67" s="7"/>
-[...1 lines deleted...]
-    <row r="68" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B67" s="7">
+        <v>388780.29</v>
+      </c>
+    </row>
+    <row r="68" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A68" t="s">
         <v>2</v>
       </c>
-      <c r="B68" s="7"/>
-[...1 lines deleted...]
-    <row r="69" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B68" s="7">
+        <v>77756.19</v>
+      </c>
+    </row>
+    <row r="69" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A69" t="s">
         <v>4</v>
       </c>
-      <c r="B69" s="7"/>
-[...1 lines deleted...]
-    <row r="70" spans="1:2" x14ac:dyDescent="0.25">
+      <c r="B69" s="7">
+        <v>77755.97</v>
+      </c>
+    </row>
+    <row r="70" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A70" t="s">
         <v>3</v>
       </c>
-      <c r="B70" s="7"/>
-[...1 lines deleted...]
-    <row r="71" spans="1:2" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B70" s="7">
+        <v>388870.72</v>
+      </c>
+    </row>
+    <row r="71" spans="1:2" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B71" s="6">
         <f>SUM(B66:B70)</f>
-        <v>0</v>
-[...3 lines deleted...]
-    <row r="73" spans="1:2" x14ac:dyDescent="0.25">
+        <v>4877867.5299999993</v>
+      </c>
+    </row>
+    <row r="72" spans="1:2" ht="13.5" thickTop="1" x14ac:dyDescent="0.2"/>
+    <row r="73" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A73" s="2" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="74" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A74" s="2" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="75" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A75" t="s">
         <v>0</v>
       </c>
       <c r="B75" s="7">
         <v>3391426.72</v>
       </c>
     </row>
-    <row r="76" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A76" t="s">
         <v>1</v>
       </c>
       <c r="B76" s="7">
         <v>337040.66</v>
       </c>
     </row>
-    <row r="77" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A77" t="s">
         <v>2</v>
       </c>
       <c r="B77" s="7">
         <v>67408.259999999995</v>
       </c>
     </row>
-    <row r="78" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A78" t="s">
         <v>4</v>
       </c>
       <c r="B78" s="7">
         <v>67408.05</v>
       </c>
     </row>
-    <row r="79" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A79" t="s">
         <v>3</v>
       </c>
       <c r="B79" s="7">
         <v>505848.25</v>
       </c>
     </row>
-    <row r="80" spans="1:2" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="80" spans="1:2" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B80" s="6">
         <f>SUM(B75:B79)</f>
         <v>4369131.9399999995</v>
       </c>
     </row>
-    <row r="81" spans="1:2" ht="13.8" thickTop="1" x14ac:dyDescent="0.25"/>
-    <row r="82" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:2" ht="13.5" thickTop="1" x14ac:dyDescent="0.2"/>
+    <row r="82" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A82" s="2" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="83" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A83" s="2" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="84" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A84" t="s">
         <v>0</v>
       </c>
       <c r="B84" s="7">
         <v>3490914.6</v>
       </c>
     </row>
-    <row r="85" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A85" t="s">
         <v>1</v>
       </c>
       <c r="B85" s="7">
         <v>282424.34000000003</v>
       </c>
     </row>
-    <row r="86" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A86" t="s">
         <v>2</v>
       </c>
       <c r="B86" s="7">
         <v>56484.93</v>
       </c>
     </row>
-    <row r="87" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A87" t="s">
         <v>4</v>
       </c>
       <c r="B87" s="7">
         <v>56484.71</v>
       </c>
     </row>
-    <row r="88" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A88" t="s">
         <v>3</v>
       </c>
       <c r="B88" s="7">
         <v>540721.19999999995</v>
       </c>
     </row>
-    <row r="89" spans="1:2" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="89" spans="1:2" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B89" s="6">
         <f>SUM(B84:B88)</f>
         <v>4427029.78</v>
       </c>
     </row>
-    <row r="90" spans="1:2" ht="13.8" thickTop="1" x14ac:dyDescent="0.25"/>
-    <row r="91" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:2" ht="13.5" thickTop="1" x14ac:dyDescent="0.2"/>
+    <row r="91" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A91" s="2" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="92" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A92" s="2" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="93" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A93" t="s">
         <v>0</v>
       </c>
       <c r="B93" s="7">
         <v>3778079.62</v>
       </c>
     </row>
-    <row r="94" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A94" t="s">
         <v>1</v>
       </c>
       <c r="B94" s="7">
         <v>245156.28</v>
       </c>
     </row>
-    <row r="95" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A95" t="s">
         <v>2</v>
       </c>
       <c r="B95" s="7">
         <v>49031.34</v>
       </c>
     </row>
-    <row r="96" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A96" t="s">
         <v>4</v>
       </c>
       <c r="B96" s="7">
         <v>49031.14</v>
       </c>
     </row>
-    <row r="97" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A97" t="s">
         <v>3</v>
       </c>
       <c r="B97" s="7">
         <v>595733.43999999994</v>
       </c>
     </row>
-    <row r="98" spans="1:2" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="98" spans="1:2" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B98" s="6">
         <f>SUM(B93:B97)</f>
         <v>4717031.82</v>
       </c>
     </row>
-    <row r="99" spans="1:2" ht="13.8" thickTop="1" x14ac:dyDescent="0.25"/>
-    <row r="100" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:2" ht="13.5" thickTop="1" x14ac:dyDescent="0.2"/>
+    <row r="100" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A100" s="2" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="101" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A101" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="102" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A102" t="s">
         <v>0</v>
       </c>
       <c r="B102" s="7">
         <v>3446919.4</v>
       </c>
     </row>
-    <row r="103" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A103" t="s">
         <v>1</v>
       </c>
       <c r="B103" s="7">
         <v>305149.53999999998</v>
       </c>
     </row>
-    <row r="104" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A104" t="s">
         <v>2</v>
       </c>
       <c r="B104" s="7">
         <v>61029.99</v>
       </c>
     </row>
-    <row r="105" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A105" t="s">
         <v>4</v>
       </c>
       <c r="B105" s="7">
         <v>61029.72</v>
       </c>
     </row>
-    <row r="106" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A106" t="s">
         <v>3</v>
       </c>
       <c r="B106" s="7">
         <v>632937.31000000006</v>
       </c>
     </row>
-    <row r="107" spans="1:2" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="107" spans="1:2" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B107" s="6">
         <f>SUM(B102:B106)</f>
         <v>4507065.9600000009</v>
       </c>
     </row>
-    <row r="108" spans="1:2" ht="13.8" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:2" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A108" s="3"/>
       <c r="B108" s="3"/>
     </row>
-    <row r="109" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A109" s="4"/>
       <c r="B109" s="3"/>
     </row>
-    <row r="110" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A110" s="4"/>
       <c r="B110" s="3"/>
     </row>
-    <row r="111" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A111" s="3"/>
       <c r="B111" s="1"/>
     </row>
-    <row r="112" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A112" s="3"/>
       <c r="B112" s="5"/>
     </row>
-    <row r="113" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A113" s="3"/>
       <c r="B113" s="5"/>
     </row>
-    <row r="114" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A114" s="3"/>
       <c r="B114" s="5"/>
     </row>
-    <row r="115" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A115" s="3"/>
       <c r="B115" s="5"/>
     </row>
-    <row r="116" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A116" s="3"/>
       <c r="B116" s="1"/>
     </row>
-    <row r="117" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A117" s="3"/>
       <c r="B117" s="1"/>
     </row>
-    <row r="118" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A118" s="4"/>
       <c r="B118" s="3"/>
     </row>
-    <row r="119" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A119" s="4"/>
       <c r="B119" s="3"/>
     </row>
-    <row r="120" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A120" s="3"/>
       <c r="B120" s="1"/>
     </row>
-    <row r="121" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A121" s="3"/>
       <c r="B121" s="5"/>
     </row>
-    <row r="122" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A122" s="3"/>
       <c r="B122" s="5"/>
     </row>
-    <row r="123" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A123" s="3"/>
       <c r="B123" s="5"/>
     </row>
-    <row r="124" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A124" s="3"/>
       <c r="B124" s="5"/>
     </row>
-    <row r="125" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A125" s="3"/>
       <c r="B125" s="1"/>
     </row>
-    <row r="126" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A126" s="3"/>
       <c r="B126" s="3"/>
     </row>
-    <row r="127" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A127" s="4"/>
       <c r="B127" s="3"/>
     </row>
-    <row r="128" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A128" s="4"/>
       <c r="B128" s="3"/>
     </row>
-    <row r="129" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A129" s="3"/>
       <c r="B129" s="1"/>
     </row>
-    <row r="130" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A130" s="3"/>
       <c r="B130" s="5"/>
     </row>
-    <row r="131" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A131" s="3"/>
       <c r="B131" s="5"/>
     </row>
-    <row r="132" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A132" s="3"/>
       <c r="B132" s="5"/>
     </row>
-    <row r="133" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A133" s="3"/>
       <c r="B133" s="5"/>
     </row>
-    <row r="134" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A134" s="3"/>
       <c r="B134" s="1"/>
     </row>
-    <row r="135" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A135" s="3"/>
       <c r="B135" s="3"/>
     </row>
-    <row r="136" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A136" s="4"/>
       <c r="B136" s="3"/>
     </row>
-    <row r="137" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A137" s="4"/>
       <c r="B137" s="3"/>
     </row>
-    <row r="138" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A138" s="3"/>
       <c r="B138" s="1"/>
     </row>
-    <row r="139" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A139" s="3"/>
       <c r="B139" s="5"/>
     </row>
-    <row r="140" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A140" s="3"/>
       <c r="B140" s="5"/>
     </row>
-    <row r="141" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A141" s="3"/>
       <c r="B141" s="5"/>
     </row>
-    <row r="142" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A142" s="3"/>
       <c r="B142" s="5"/>
     </row>
-    <row r="143" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A143" s="3"/>
       <c r="B143" s="1"/>
     </row>
-    <row r="144" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A144" s="3"/>
       <c r="B144" s="3"/>
     </row>
-    <row r="145" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="145" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A145" s="4"/>
       <c r="B145" s="3"/>
     </row>
-    <row r="146" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A146" s="4"/>
       <c r="B146" s="3"/>
     </row>
-    <row r="147" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A147" s="3"/>
       <c r="B147" s="1"/>
     </row>
-    <row r="148" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A148" s="3"/>
       <c r="B148" s="5"/>
     </row>
-    <row r="149" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A149" s="3"/>
       <c r="B149" s="5"/>
     </row>
-    <row r="150" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A150" s="3"/>
       <c r="B150" s="5"/>
     </row>
-    <row r="151" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A151" s="3"/>
       <c r="B151" s="5"/>
     </row>
-    <row r="152" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A152" s="3"/>
       <c r="B152" s="1"/>
     </row>
-    <row r="153" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A153" s="3"/>
       <c r="B153" s="3"/>
     </row>
-    <row r="154" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A154" s="4"/>
       <c r="B154" s="3"/>
     </row>
-    <row r="155" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A155" s="4"/>
       <c r="B155" s="3"/>
     </row>
-    <row r="156" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A156" s="3"/>
       <c r="B156" s="1"/>
     </row>
-    <row r="157" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A157" s="3"/>
       <c r="B157" s="5"/>
     </row>
-    <row r="158" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A158" s="3"/>
       <c r="B158" s="5"/>
     </row>
-    <row r="159" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A159" s="3"/>
       <c r="B159" s="5"/>
     </row>
-    <row r="160" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="160" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A160" s="3"/>
       <c r="B160" s="5"/>
     </row>
-    <row r="161" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A161" s="3"/>
       <c r="B161" s="1"/>
     </row>
-    <row r="162" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="162" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A162" s="3"/>
       <c r="B162" s="3"/>
     </row>
-    <row r="163" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A163" s="4"/>
       <c r="B163" s="3"/>
     </row>
-    <row r="164" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="164" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A164" s="4"/>
       <c r="B164" s="3"/>
     </row>
-    <row r="165" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="165" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A165" s="3"/>
       <c r="B165" s="1"/>
     </row>
-    <row r="166" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="166" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A166" s="3"/>
       <c r="B166" s="5"/>
     </row>
-    <row r="167" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="167" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A167" s="3"/>
       <c r="B167" s="5"/>
     </row>
-    <row r="168" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="168" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A168" s="3"/>
       <c r="B168" s="5"/>
     </row>
-    <row r="169" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="169" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A169" s="3"/>
       <c r="B169" s="5"/>
     </row>
-    <row r="170" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A170" s="3"/>
       <c r="B170" s="1"/>
     </row>
-    <row r="171" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="171" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A171" s="3"/>
       <c r="B171" s="3"/>
     </row>
-    <row r="172" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A172" s="4"/>
       <c r="B172" s="3"/>
     </row>
-    <row r="173" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="173" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A173" s="4"/>
       <c r="B173" s="3"/>
     </row>
-    <row r="174" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A174" s="3"/>
       <c r="B174" s="1"/>
     </row>
-    <row r="175" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A175" s="3"/>
       <c r="B175" s="5"/>
     </row>
-    <row r="176" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A176" s="3"/>
       <c r="B176" s="5"/>
     </row>
-    <row r="177" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A177" s="3"/>
       <c r="B177" s="5"/>
     </row>
-    <row r="178" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A178" s="3"/>
       <c r="B178" s="5"/>
     </row>
-    <row r="179" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A179" s="3"/>
       <c r="B179" s="1"/>
     </row>
-    <row r="180" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A180" s="3"/>
       <c r="B180" s="3"/>
     </row>
-    <row r="181" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A181" s="4"/>
       <c r="B181" s="3"/>
     </row>
-    <row r="182" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A182" s="4"/>
       <c r="B182" s="3"/>
     </row>
-    <row r="183" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A183" s="3"/>
       <c r="B183" s="1"/>
     </row>
-    <row r="184" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A184" s="3"/>
       <c r="B184" s="5"/>
     </row>
-    <row r="185" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A185" s="3"/>
       <c r="B185" s="5"/>
     </row>
-    <row r="186" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A186" s="3"/>
       <c r="B186" s="5"/>
     </row>
-    <row r="187" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A187" s="3"/>
       <c r="B187" s="5"/>
     </row>
-    <row r="188" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="188" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A188" s="3"/>
       <c r="B188" s="5"/>
     </row>
-    <row r="189" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A189" s="3"/>
       <c r="B189" s="1"/>
     </row>
-    <row r="190" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A190" s="3"/>
       <c r="B190" s="3"/>
     </row>
-    <row r="191" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A191" s="4"/>
       <c r="B191" s="3"/>
     </row>
-    <row r="192" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A192" s="4"/>
       <c r="B192" s="3"/>
     </row>
-    <row r="193" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A193" s="3"/>
       <c r="B193" s="1"/>
     </row>
-    <row r="194" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A194" s="3"/>
       <c r="B194" s="5"/>
     </row>
-    <row r="195" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="195" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A195" s="3"/>
       <c r="B195" s="5"/>
     </row>
-    <row r="196" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A196" s="3"/>
       <c r="B196" s="5"/>
     </row>
-    <row r="197" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A197" s="3"/>
       <c r="B197" s="5"/>
     </row>
-    <row r="198" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A198" s="3"/>
       <c r="B198" s="5"/>
     </row>
-    <row r="199" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="199" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A199" s="3"/>
       <c r="B199" s="1"/>
     </row>
-    <row r="200" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="200" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A200" s="3"/>
       <c r="B200" s="3"/>
     </row>
-    <row r="201" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="201" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A201" s="4"/>
       <c r="B201" s="3"/>
     </row>
-    <row r="202" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="202" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A202" s="4"/>
       <c r="B202" s="3"/>
     </row>
-    <row r="203" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="203" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A203" s="3"/>
       <c r="B203" s="1"/>
     </row>
-    <row r="204" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="204" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A204" s="3"/>
       <c r="B204" s="5"/>
     </row>
-    <row r="205" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="205" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A205" s="3"/>
       <c r="B205" s="5"/>
     </row>
-    <row r="206" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="206" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A206" s="3"/>
       <c r="B206" s="5"/>
     </row>
-    <row r="207" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="207" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A207" s="3"/>
       <c r="B207" s="5"/>
     </row>
-    <row r="208" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="208" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A208" s="3"/>
       <c r="B208" s="5"/>
     </row>
-    <row r="209" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="209" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A209" s="3"/>
       <c r="B209" s="1"/>
     </row>
-    <row r="210" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="210" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A210" s="3"/>
       <c r="B210" s="3"/>
     </row>
-    <row r="211" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="211" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A211" s="3"/>
       <c r="B211" s="3"/>
     </row>
-    <row r="212" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="212" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A212" s="3"/>
       <c r="B212" s="3"/>
     </row>
-    <row r="228" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="228" spans="3:3" x14ac:dyDescent="0.2">
       <c r="C228" s="1"/>
     </row>
-    <row r="238" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="238" spans="3:3" x14ac:dyDescent="0.2">
       <c r="C238" s="1"/>
     </row>
-    <row r="248" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="248" spans="3:3" x14ac:dyDescent="0.2">
       <c r="C248" s="1"/>
     </row>
-    <row r="258" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="258" spans="3:3" x14ac:dyDescent="0.2">
       <c r="C258" s="1"/>
     </row>
-    <row r="268" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="268" spans="3:3" x14ac:dyDescent="0.2">
       <c r="C268" s="1"/>
     </row>
-    <row r="269" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="269" spans="3:3" x14ac:dyDescent="0.2">
       <c r="C269" s="1"/>
     </row>
-    <row r="278" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="278" spans="3:3" x14ac:dyDescent="0.2">
       <c r="C278" s="1"/>
     </row>
-    <row r="288" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="288" spans="3:3" x14ac:dyDescent="0.2">
       <c r="C288" s="1"/>
     </row>
-    <row r="298" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="298" spans="3:3" x14ac:dyDescent="0.2">
       <c r="C298" s="1"/>
     </row>
-    <row r="308" spans="3:3" x14ac:dyDescent="0.25">
+    <row r="308" spans="3:3" x14ac:dyDescent="0.2">
       <c r="C308" s="1"/>
     </row>
   </sheetData>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="0.75" bottom="0.75" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <sheetData/>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>